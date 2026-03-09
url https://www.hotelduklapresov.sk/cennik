--- v0 (2026-01-22)
+++ v1 (2026-03-09)
@@ -103,144 +103,88 @@
       <w:r w:rsidRPr="00A24B29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Hotel Dukla a.s. Prešov</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00264DE4" w:rsidRPr="00A24B29" w:rsidRDefault="00264DE4" w:rsidP="00264DE4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24B29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve">Námestie legionárov 2, 080 01 Prešov, Slovak </w:t>
-[...17 lines deleted...]
-        <w:t>. EU</w:t>
+        <w:t>Námestie legionárov 2, 080 01 Prešov, Slovak Republic. EU</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00264DE4" w:rsidRPr="00A24B29" w:rsidRDefault="00264DE4" w:rsidP="00264DE4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A24B29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>reception</w:t>
-[...8 lines deleted...]
-        <w:t>: +421 517722741,  +421 918 902 153</w:t>
+        <w:t>reception: +421 517722741,  +421 918 902 153</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00264DE4" w:rsidRPr="00A24B29" w:rsidRDefault="00264DE4" w:rsidP="00264DE4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24B29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve">e-mail: </w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>e-mail: recepcia@hotelduklapresov.sk, www.hotelduklapresov.sk</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00264DE4" w:rsidRDefault="00264DE4" w:rsidP="00264DE4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009072EF" w:rsidRPr="00264DE4" w:rsidRDefault="009072EF" w:rsidP="00264DE4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007A7E41" w:rsidRDefault="00264DE4" w:rsidP="00264DE4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -259,105 +203,69 @@
       </w:r>
       <w:r w:rsidR="007A7E41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="80"/>
           <w:szCs w:val="80"/>
         </w:rPr>
         <w:t>UBYTOVANIA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00264DE4" w:rsidRPr="00A24B29" w:rsidRDefault="00264DE4" w:rsidP="00264DE4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24B29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vydaný na základe Zákona o cenách č. 18/1996 </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Vydaný na základe Zákona o cenách č. 18/1996 Z.z.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00264DE4" w:rsidRPr="00A24B29" w:rsidRDefault="00264DE4" w:rsidP="00264DE4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A24B29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">v znení neskorších predpisov a vykonávacej vyhlášky č. 87/1996 </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>v znení neskorších predpisov a vykonávacej vyhlášky č. 87/1996 Z.z.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00264DE4" w:rsidRDefault="00264DE4" w:rsidP="00264DE4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A24B29" w:rsidRPr="00A24B29" w:rsidRDefault="00A24B29" w:rsidP="00264DE4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A24B29" w:rsidRDefault="00A24B29" w:rsidP="00264DE4">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -466,318 +374,350 @@
           <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="007A7E41" w:rsidP="00FC7C81">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D55EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t>1/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="00A26484" w:rsidP="00593171">
+          <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="00A26484" w:rsidP="009B6E4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
-              <w:t>62</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="009B6E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="483F30"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="007A7E41" w:rsidRPr="008D55EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A7E41" w:rsidRPr="007A7E41" w:rsidTr="00FC7C81">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F9F5EF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="007A7E41" w:rsidP="00FC7C81">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D55EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t>1/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F9F5EF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="00A26484" w:rsidP="007A7E41">
+          <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="009B6E4F" w:rsidP="009B6E4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
-              <w:t>98</w:t>
+              <w:t>102</w:t>
             </w:r>
             <w:r w:rsidR="007A7E41" w:rsidRPr="008D55EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A7E41" w:rsidRPr="007A7E41" w:rsidTr="00FC7C81">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="007A7E41" w:rsidP="00FC7C81">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D55EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t>1/2 - sólo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="00A26484" w:rsidP="007D1323">
+          <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="00A26484" w:rsidP="009B6E4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
-              <w:t>72</w:t>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="009B6E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="483F30"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="007A7E41" w:rsidRPr="008D55EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A7E41" w:rsidRPr="007A7E41" w:rsidTr="00FC7C81">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F9F5EF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="007A7E41" w:rsidP="00FC7C81">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D55EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t>1/2 X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F9F5EF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="00A26484" w:rsidP="007A7E41">
+          <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="00A26484" w:rsidP="009B6E4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
-              <w:t>104</w:t>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="009B6E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="483F30"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007A7E41" w:rsidRPr="008D55EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A7E41" w:rsidRPr="007A7E41" w:rsidTr="00FC7C81">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="007A7E41" w:rsidP="00FC7C81">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D55EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t>AP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="00A26484" w:rsidP="007A7E41">
+          <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="00A26484" w:rsidP="009B6E4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
-              <w:t>110</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009B6E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="483F30"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
             <w:r w:rsidR="007A7E41" w:rsidRPr="008D55EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A7E41" w:rsidRPr="007A7E41" w:rsidTr="00FC7C81">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F9F5EF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="007A7E41" w:rsidRPr="008D55EB" w:rsidRDefault="007A7E41" w:rsidP="00FC7C81">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -970,65 +910,51 @@
         <w:rPr>
           <w:color w:val="483F30"/>
         </w:rPr>
         <w:br/>
         <w:t>1/2 - sólo – dvojposteľová izba obsadená 1 osobou</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7E41">
         <w:rPr>
           <w:color w:val="483F30"/>
         </w:rPr>
         <w:br/>
         <w:t>1/2 X – luxusná dvojposteľová izba</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7E41">
         <w:rPr>
           <w:color w:val="483F30"/>
         </w:rPr>
         <w:br/>
         <w:t>AP – apartmán klasický</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7E41">
         <w:rPr>
           <w:color w:val="483F30"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">APB – </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> apartmán</w:t>
+        <w:t>APB – business apartmán</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7E41">
         <w:rPr>
           <w:color w:val="483F30"/>
         </w:rPr>
         <w:br/>
         <w:t>APR – reprezentačný apartmán</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7E41">
         <w:rPr>
           <w:color w:val="483F30"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="007A7E41">
         <w:rPr>
           <w:color w:val="483F30"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="007A7E41">
         <w:rPr>
           <w:color w:val="483F30"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -1143,73 +1069,73 @@
     </w:p>
     <w:p w:rsidR="00426EDF" w:rsidRPr="007A7E41" w:rsidRDefault="009072EF" w:rsidP="009072EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A7E41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Tento cenník je platný od </w:t>
       </w:r>
       <w:r w:rsidR="00426EDF" w:rsidRPr="007A7E41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="008978F3">
-[...5 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="009B6E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00426EDF" w:rsidRPr="007A7E41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
-      <w:r w:rsidR="00A26484">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00D80A40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00426EDF" w:rsidRPr="007A7E41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00426EDF" w:rsidRPr="007A7E41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00426EDF" w:rsidRPr="007A7E41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -1230,126 +1156,116 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00426EDF" w:rsidRPr="007A7E41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007A7E41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007A7E41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">  JUDr. Anton </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">  JUDr. Anton Bidovský</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="009072EF" w:rsidRPr="007A7E41" w:rsidRDefault="009072EF" w:rsidP="009072EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A7E41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">V Prešove </w:t>
       </w:r>
       <w:r w:rsidR="00E97099">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
+      <w:r w:rsidR="009B6E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7E41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009B6E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
       <w:r w:rsidR="00A26484">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="008978F3">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>6</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00E44DFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007A7E41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007A7E41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -1464,101 +1380,105 @@
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00264DE4"/>
     <w:rsid w:val="00045597"/>
     <w:rsid w:val="00167F70"/>
     <w:rsid w:val="00264DE4"/>
     <w:rsid w:val="002739F8"/>
     <w:rsid w:val="00426EDF"/>
     <w:rsid w:val="00447BCF"/>
     <w:rsid w:val="00450BCF"/>
+    <w:rsid w:val="00461DFA"/>
     <w:rsid w:val="00476AEB"/>
     <w:rsid w:val="00563C9C"/>
     <w:rsid w:val="00593171"/>
     <w:rsid w:val="005A03E6"/>
     <w:rsid w:val="0060676E"/>
     <w:rsid w:val="00763DF3"/>
     <w:rsid w:val="00794ED3"/>
     <w:rsid w:val="007A7E41"/>
     <w:rsid w:val="007D1323"/>
     <w:rsid w:val="007F4A4B"/>
     <w:rsid w:val="008978F3"/>
     <w:rsid w:val="008D55EB"/>
     <w:rsid w:val="009072EF"/>
     <w:rsid w:val="00945B1E"/>
     <w:rsid w:val="00970E83"/>
     <w:rsid w:val="00993A30"/>
     <w:rsid w:val="009A4BFA"/>
+    <w:rsid w:val="009B6E4F"/>
     <w:rsid w:val="00A24B29"/>
     <w:rsid w:val="00A26484"/>
     <w:rsid w:val="00A466A1"/>
     <w:rsid w:val="00A86B8A"/>
     <w:rsid w:val="00B84564"/>
     <w:rsid w:val="00BC32C0"/>
     <w:rsid w:val="00C742DD"/>
     <w:rsid w:val="00C85064"/>
     <w:rsid w:val="00CC7FA4"/>
+    <w:rsid w:val="00D80A40"/>
+    <w:rsid w:val="00D909C5"/>
     <w:rsid w:val="00DB3C9D"/>
     <w:rsid w:val="00E101FC"/>
     <w:rsid w:val="00E44DFE"/>
     <w:rsid w:val="00E96F75"/>
     <w:rsid w:val="00E97099"/>
     <w:rsid w:val="00EF1783"/>
     <w:rsid w:val="00FA1B6E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sk-SK"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16386"/>
+    <o:shapedefaults v:ext="edit" spidmax="18434"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sk-SK" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2124,65 +2044,65 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>156</Words>
-  <Characters>893</Characters>
+  <Characters>894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Názov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1047</CharactersWithSpaces>
+  <CharactersWithSpaces>1048</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>prevadzka</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>