--- v0 (2025-10-13)
+++ v1 (2026-03-11)
@@ -889,137 +889,137 @@
           <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00F62483" w:rsidP="00B86F30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00967534">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t>1/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00C940DA" w:rsidP="00F6790A">
+          <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00C940DA" w:rsidP="00801AE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
-              <w:t>62</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00801AE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="483F30"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00F62483" w:rsidRPr="00967534">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidTr="00B86F30">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F9F5EF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00F62483" w:rsidP="00B86F30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00967534">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t>1/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F9F5EF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00F6790A" w:rsidP="00C940DA">
+          <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00801AE9" w:rsidP="00801AE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...7 lines deleted...]
-              <w:t>8</w:t>
+              <w:t>102</w:t>
             </w:r>
             <w:r w:rsidR="00F62483" w:rsidRPr="00967534">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidTr="00B86F30">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00F62483" w:rsidP="00B86F30">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -1033,129 +1033,145 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t xml:space="preserve">1/2 - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00967534">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t>solo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00C940DA" w:rsidP="00F6790A">
+          <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00C940DA" w:rsidP="00801AE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
-              <w:t>72</w:t>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00801AE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="483F30"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00F62483" w:rsidRPr="00967534">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidTr="00B86F30">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F9F5EF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00F62483" w:rsidP="00B86F30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00967534">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t>1/2 X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F9F5EF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00C940DA" w:rsidP="00F6790A">
+          <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00C940DA" w:rsidP="00801AE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
-              <w:t>104</w:t>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00801AE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="483F30"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00F62483" w:rsidRPr="00967534">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidTr="00B86F30">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00F62483" w:rsidP="00B86F30">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -1176,57 +1192,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidRDefault="00F6790A" w:rsidP="00C940DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00C940DA">
-[...5 lines deleted...]
-              <w:t>10</w:t>
+            <w:r w:rsidR="00801AE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="483F30"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F62483" w:rsidRPr="00967534">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="483F30"/>
               </w:rPr>
               <w:t>€</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F62483" w:rsidRPr="00967534" w:rsidTr="00B86F30">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
@@ -2352,73 +2368,73 @@
       <w:r w:rsidR="001817A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>from</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001817A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0003455C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="00D95449">
-[...5 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="00801AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="0003455C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
-      <w:r w:rsidR="00E7715F">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00801AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00426EDF" w:rsidRPr="00967534">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00426EDF" w:rsidRPr="00967534">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009072EF" w:rsidRPr="00967534">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -2452,105 +2468,113 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Bidovský</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="009072EF" w:rsidRPr="00967534" w:rsidRDefault="0063709A" w:rsidP="009072EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
+      <w:r w:rsidR="00D51443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t> Prešov</w:t>
+      </w:r>
       <w:r w:rsidR="009072EF" w:rsidRPr="00967534">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Prešove </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00957497">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00E7715F">
-[...5 lines deleted...]
-        <w:t>0</w:t>
+      <w:r w:rsidR="00801AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="009072EF" w:rsidRPr="00967534">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D95449">
+      <w:r w:rsidR="00801AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009072EF" w:rsidRPr="00967534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00801AE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>6</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00957497">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009072EF" w:rsidRPr="00967534">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005844B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -2677,104 +2701,108 @@
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00264DE4"/>
     <w:rsid w:val="000325F4"/>
     <w:rsid w:val="0003455C"/>
     <w:rsid w:val="00167F70"/>
     <w:rsid w:val="001817A1"/>
+    <w:rsid w:val="00254B1D"/>
     <w:rsid w:val="00264DE4"/>
     <w:rsid w:val="002A579B"/>
     <w:rsid w:val="0033004E"/>
     <w:rsid w:val="00426EDF"/>
     <w:rsid w:val="00447320"/>
     <w:rsid w:val="00450BCF"/>
     <w:rsid w:val="005844B5"/>
     <w:rsid w:val="005F427C"/>
     <w:rsid w:val="0060676E"/>
     <w:rsid w:val="0063709A"/>
     <w:rsid w:val="00763DF3"/>
     <w:rsid w:val="007A7E41"/>
     <w:rsid w:val="007B6C39"/>
+    <w:rsid w:val="00801AE9"/>
     <w:rsid w:val="008D55EB"/>
     <w:rsid w:val="009072EF"/>
     <w:rsid w:val="00945B1E"/>
     <w:rsid w:val="00957497"/>
     <w:rsid w:val="00967534"/>
     <w:rsid w:val="009A4BFA"/>
     <w:rsid w:val="00A24B29"/>
     <w:rsid w:val="00A466A1"/>
     <w:rsid w:val="00AC0631"/>
     <w:rsid w:val="00B84564"/>
     <w:rsid w:val="00C742DD"/>
     <w:rsid w:val="00C940DA"/>
     <w:rsid w:val="00CC7FA4"/>
+    <w:rsid w:val="00D14B92"/>
+    <w:rsid w:val="00D51443"/>
     <w:rsid w:val="00D5300D"/>
     <w:rsid w:val="00D95449"/>
     <w:rsid w:val="00DB3C9D"/>
     <w:rsid w:val="00E101FC"/>
     <w:rsid w:val="00E7715F"/>
     <w:rsid w:val="00EF1783"/>
     <w:rsid w:val="00F62483"/>
     <w:rsid w:val="00F6790A"/>
     <w:rsid w:val="00F92291"/>
     <w:rsid w:val="00FA1B6E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sk-SK"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="15362"/>
+    <o:shapedefaults v:ext="edit" spidmax="17410"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sk-SK" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>